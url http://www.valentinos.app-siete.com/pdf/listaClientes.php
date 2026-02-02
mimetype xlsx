--- v0 (2026-01-30)
+++ v1 (2026-02-02)
@@ -722,54 +722,54 @@
   <si>
     <t>JR. BRILLA SOL MZA. X LOTE. 23 BELLAVISTA BAJA  (INT 4CDRAS ANTS GRIFOSTAMARTA F MARQUEZ) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>GIANCARLO GIULIANO RODRIGUEZ ARENAS</t>
   </si>
   <si>
     <t>GILMA ROSA SERRANO SULLCAHUAMAN</t>
   </si>
   <si>
     <t>GIOMAR SANTIAGO CARHUAS SOTELO</t>
   </si>
   <si>
     <t>GLADIS  SAAVEDRA PEREIRA</t>
   </si>
   <si>
     <t>GLOBAL OIL &amp; FILTER IMPORT S.A.C.</t>
   </si>
   <si>
     <t>AV. KAYRA PUCYO QCOCHAN NRO. S/N OTR.  MANCO CAPAC PATAPATA - SAN JERONIMO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>GOBIERNO REGIONAL DE APURIMAC</t>
   </si>
   <si>
+    <t>00000000</t>
+  </si>
+  <si>
     <t>JR. PUNO NRO. 107 CERCADO - ABANCAY - ABANCAY - APURIMAC</t>
-  </si>
-[...1 lines deleted...]
-    <t>00000000</t>
   </si>
   <si>
     <t>GRACIELA HIMELDA CACERES DE DORADO</t>
   </si>
   <si>
     <t>GREKA BRIGITTE NUÃEZ ROBLES</t>
   </si>
   <si>
     <t>GRIMALDO  OTAZU LIVON</t>
   </si>
   <si>
     <t>GRUPO BISERVICE MORALES FRANKO S.A.C</t>
   </si>
   <si>
     <t>PJ. JOSE BALTA NRO. SN URB.  VICTOR ACOSTA RIOS PRIMERA ETAPA - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>H &amp; F CORPORACION ANDAHUAYLAS E.I.R.L.</t>
   </si>
   <si>
     <t>AV. GIRASOLES NRO. 170 (COSTAD D IE MANUEL VIVANCO C3P CL VERDE) - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
     <t>HAFFNER KENDY CCONISLLA CACERES</t>
   </si>
@@ -5759,79 +5759,79 @@
       <c r="B170" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C170" s="3">
         <v>20607464597</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>17</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C171" s="3">
-        <v>20527141762</v>
+      <c r="C171" s="3" t="s">
+        <v>236</v>
       </c>
       <c r="D171" s="3" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E171" s="3"/>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
       <c r="H171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C172" s="3" t="s">
+      <c r="C172" s="3">
+        <v>20527141762</v>
+      </c>
+      <c r="D172" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="D172" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3"/>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C173" s="3">
         <v>23964664</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3">
         <v>0</v>
       </c>